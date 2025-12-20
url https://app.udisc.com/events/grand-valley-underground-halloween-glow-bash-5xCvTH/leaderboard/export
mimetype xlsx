--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -1814,51 +1814,51 @@
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MENS</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>Jacob sebold</v>
       </c>
       <c r="E17">
         <v>-4</v>
       </c>
       <c r="F17">
         <v>50</v>
       </c>
       <c r="H17" t="str">
-        <v>dischippi3</v>
+        <v>dischippi369</v>
       </c>
       <c r="I17">
         <v>-4</v>
       </c>
       <c r="J17">
         <v>50</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>