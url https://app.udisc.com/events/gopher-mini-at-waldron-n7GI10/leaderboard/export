--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -754,230 +754,233 @@
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>4</v>
       </c>
       <c r="AE3">
         <v>2</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Zachary pelkey</v>
+        <v>weslee hale</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>62</v>
       </c>
       <c r="G4">
-        <v>230619</v>
+        <v>9960</v>
       </c>
       <c r="H4" t="str">
-        <v>pelzacly</v>
+        <v>wesleehale</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>62</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>weslee hale</v>
+        <v>Zachary pelkey</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>62</v>
       </c>
+      <c r="G5">
+        <v>230619</v>
+      </c>
       <c r="H5" t="str">
-        <v>wesleehale</v>
+        <v>pelzacly</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>62</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Michael Jaimes</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="G6">
         <v>117687</v>
       </c>
       <c r="H6" t="str">