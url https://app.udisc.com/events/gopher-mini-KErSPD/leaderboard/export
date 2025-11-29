--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1339,230 +1339,233 @@
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
         <v>4</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Dakota Evjen</v>
+        <v>weslee hale</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>63</v>
       </c>
       <c r="G10">
-        <v>219323</v>
+        <v>9960</v>
       </c>
       <c r="H10" t="str">
-        <v>devjen11</v>
+        <v>wesleehale</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>63</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>weslee hale</v>
+        <v>Dakota Evjen</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>63</v>
       </c>
+      <c r="G11">
+        <v>219323</v>
+      </c>
       <c r="H11" t="str">
-        <v>wesleehale</v>
+        <v>devjen11</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>63</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AF11">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Dana Beach</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>67</v>
       </c>
       <c r="G12">
         <v>238028</v>
       </c>
       <c r="H12" t="str">