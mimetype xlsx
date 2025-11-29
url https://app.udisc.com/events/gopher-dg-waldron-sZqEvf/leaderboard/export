--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1146,215 +1146,218 @@
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Howard “Hojo” Jones</v>
+        <v>weslee hale</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>63</v>
       </c>
       <c r="G8">
-        <v>101060</v>
+        <v>9960</v>
       </c>
       <c r="H8" t="str">
-        <v>hjones0863</v>
+        <v>wesleehale</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>63</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>weslee hale</v>
+        <v>Howard “Hojo” Jones</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>63</v>
       </c>
+      <c r="G9">
+        <v>101060</v>
+      </c>
       <c r="H9" t="str">
-        <v>wesleehale</v>
+        <v>hjones0863</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>63</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">