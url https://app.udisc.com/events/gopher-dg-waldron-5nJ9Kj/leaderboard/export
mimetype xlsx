--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1045,227 +1045,230 @@
       </c>
       <c r="AC6">
         <v>2</v>
       </c>
       <c r="AD6">
         <v>4</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Dana Beach</v>
+        <v>weslee hale</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>61</v>
       </c>
       <c r="G7">
-        <v>238028</v>
+        <v>9960</v>
       </c>
       <c r="H7" t="str">
-        <v>danabeach14</v>
+        <v>wesleehale</v>
       </c>
       <c r="I7">
         <v>-5</v>
       </c>
       <c r="J7">
         <v>61</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>weslee hale</v>
+        <v>Dana Beach</v>
       </c>
       <c r="E8">
         <v>-5</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
+      <c r="G8">
+        <v>238028</v>
+      </c>
       <c r="H8" t="str">
-        <v>wesleehale</v>
+        <v>danabeach14</v>
       </c>
       <c r="I8">
         <v>-5</v>
       </c>
       <c r="J8">
         <v>61</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Christopher Hatton</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>63</v>
       </c>
       <c r="G9">