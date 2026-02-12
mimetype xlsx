--- v0 (2025-12-06)
+++ v1 (2026-02-12)
@@ -4138,50 +4138,53 @@
         <v>2</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA3</v>
       </c>
       <c r="B44" t="str">
         <v>T1</v>
       </c>
       <c r="C44">
         <v>1</v>
       </c>
       <c r="D44" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E44">
         <v>-5</v>
       </c>
       <c r="F44">
         <v>51</v>
       </c>
+      <c r="G44">
+        <v>275271</v>
+      </c>
       <c r="H44" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I44">
         <v>-5</v>
       </c>
       <c r="J44">
         <v>51</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>4</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>2</v>
       </c>
       <c r="P44">