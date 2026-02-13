--- v0 (2025-12-06)
+++ v1 (2026-02-13)
@@ -3860,50 +3860,53 @@
         <v>5</v>
       </c>
       <c r="AC39" t="str">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA3</v>
       </c>
       <c r="B40" t="str">
         <v>T3</v>
       </c>
       <c r="C40">
         <v>3</v>
       </c>
       <c r="D40" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E40">
         <v>6</v>
       </c>
       <c r="F40">
         <v>64</v>
       </c>
+      <c r="G40">
+        <v>275271</v>
+      </c>
       <c r="H40" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I40">
         <v>6</v>
       </c>
       <c r="J40">
         <v>64</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>4</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">