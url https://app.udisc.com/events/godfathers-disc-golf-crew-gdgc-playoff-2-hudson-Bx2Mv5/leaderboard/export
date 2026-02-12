--- v0 (2025-12-06)
+++ v1 (2026-02-12)
@@ -3112,50 +3112,53 @@
         <v>4</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>3</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E32">
         <v>-1</v>
       </c>
       <c r="F32">
         <v>53</v>
       </c>
+      <c r="G32">
+        <v>275271</v>
+      </c>
       <c r="H32" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I32">
         <v>-1</v>
       </c>
       <c r="J32">
         <v>53</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">