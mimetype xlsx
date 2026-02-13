--- v0 (2025-10-19)
+++ v1 (2026-02-13)
@@ -1640,51 +1640,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>70</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J12">
         <v>-2</v>
       </c>
       <c r="K12">
         <v>70</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>