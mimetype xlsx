--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -2219,51 +2219,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Good</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E21">
         <v>7</v>
       </c>
       <c r="F21">
         <v>61</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="I21" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J21">
         <v>7</v>
       </c>
       <c r="K21">
         <v>61</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>