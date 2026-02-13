--- v0 (2025-10-20)
+++ v1 (2026-02-13)
@@ -3114,51 +3114,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T22</v>
       </c>
       <c r="C26">
         <v>22</v>
       </c>
       <c r="D26" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>78</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="I26" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J26">
         <v>6</v>
       </c>
       <c r="K26">
         <v>78</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>