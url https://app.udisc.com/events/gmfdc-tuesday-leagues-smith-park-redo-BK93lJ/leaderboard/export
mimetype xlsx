--- v0 (2025-10-19)
+++ v1 (2026-02-13)
@@ -1083,51 +1083,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GOOD</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8">
         <v>55</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>