--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -3282,51 +3282,51 @@
       </c>
       <c r="AE31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
         <v>55</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="I32" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J32">
         <v>1</v>
       </c>
       <c r="K32">
         <v>55</v>
       </c>
       <c r="L32">
         <v>2</v>
       </c>
       <c r="M32">
         <v>2</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">
         <v>2</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>