--- v0 (2025-10-20)
+++ v1 (2026-02-13)
@@ -2224,51 +2224,51 @@
       </c>
       <c r="AH18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>70</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="I19" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <v>70</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>2</v>
       </c>