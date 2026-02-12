--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -2744,51 +2744,51 @@
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Goo</v>
       </c>
       <c r="B27" t="str">
         <v>T15</v>
       </c>
       <c r="C27">
         <v>15</v>
       </c>
       <c r="D27" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27">
         <v>58</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="I27" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J27">
         <v>4</v>
       </c>
       <c r="K27">
         <v>58</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>5</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>4</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>4</v>
       </c>