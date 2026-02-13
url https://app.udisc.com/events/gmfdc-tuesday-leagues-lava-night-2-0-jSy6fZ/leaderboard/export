--- v0 (2025-10-19)
+++ v1 (2026-02-13)
@@ -1851,51 +1851,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T10</v>
       </c>
       <c r="C14">
         <v>10</v>
       </c>
       <c r="D14" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>73</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="I14" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J14">
         <v>1</v>
       </c>
       <c r="K14">
         <v>73</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>5</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>