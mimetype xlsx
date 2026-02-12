--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -2721,51 +2721,51 @@
       </c>
       <c r="AH22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Good</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>71</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="I23" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J23">
         <v>2</v>
       </c>
       <c r="K23">
         <v>71</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>5</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>