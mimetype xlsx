--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -3851,51 +3851,51 @@
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T31</v>
       </c>
       <c r="C33">
         <v>31</v>
       </c>
       <c r="D33" t="str">
         <v>Tony Thaxton</v>
       </c>
       <c r="E33">
         <v>4</v>
       </c>
       <c r="F33">
         <v>76</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="I33" t="str">
-        <v>thaxton513</v>
+        <v/>
       </c>
       <c r="J33">
         <v>4</v>
       </c>
       <c r="K33">
         <v>76</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>2</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
         <v>2</v>
       </c>