--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -1065,50 +1065,53 @@
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7">
         <v>-2</v>
       </c>
       <c r="E7" t="str">
         <v>MPO</v>
       </c>
       <c r="F7" t="str">
         <v>T7</v>
       </c>
       <c r="G7">
         <v>7</v>
       </c>
       <c r="H7" t="str">
         <v>Tommy</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>61</v>
       </c>
+      <c r="K7">
+        <v>258808</v>
+      </c>
       <c r="L7" t="str">
         <v>tomlii</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>61</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
@@ -2124,50 +2127,53 @@
         <v>17</v>
       </c>
       <c r="C18">
         <v>8</v>
       </c>
       <c r="D18">
         <v>-3</v>
       </c>
       <c r="E18" t="str">
         <v>MPO</v>
       </c>
       <c r="F18" t="str">
         <v>16</v>
       </c>
       <c r="G18">
         <v>16</v>
       </c>
       <c r="H18" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I18">
         <v>11</v>
       </c>
       <c r="J18">
         <v>69</v>
+      </c>
+      <c r="K18">
+        <v>262955</v>
       </c>
       <c r="L18" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M18">
         <v>11</v>
       </c>
       <c r="N18">
         <v>69</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>