--- v0 (2025-11-09)
+++ v1 (2025-12-20)
@@ -1154,50 +1154,53 @@
       </c>
       <c r="C8">
         <v>-3</v>
       </c>
       <c r="D8">
         <v>-3</v>
       </c>
       <c r="E8" t="str">
         <v>MPO</v>
       </c>
       <c r="F8" t="str">
         <v>T5</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8" t="str">
         <v>Tommy</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>58</v>
       </c>
+      <c r="K8">
+        <v>258808</v>
+      </c>
       <c r="L8" t="str">
         <v>tomlii</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
       <c r="N8">
         <v>58</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
@@ -1735,50 +1738,53 @@
         <v>13</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14">
         <v>-3</v>
       </c>
       <c r="E14" t="str">
         <v>MPO</v>
       </c>
       <c r="F14" t="str">
         <v>T10</v>
       </c>
       <c r="G14">
         <v>10</v>
       </c>
       <c r="H14" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I14">
         <v>7</v>
       </c>
       <c r="J14">
         <v>65</v>
+      </c>
+      <c r="K14">
+        <v>262955</v>
       </c>
       <c r="L14" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M14">
         <v>7</v>
       </c>
       <c r="N14">
         <v>65</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>