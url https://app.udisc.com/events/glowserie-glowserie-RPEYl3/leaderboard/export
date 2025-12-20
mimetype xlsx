--- v0 (2025-11-09)
+++ v1 (2025-12-20)
@@ -967,50 +967,53 @@
       </c>
       <c r="C6">
         <v>-2</v>
       </c>
       <c r="D6">
         <v>-3</v>
       </c>
       <c r="E6" t="str">
         <v>MPO</v>
       </c>
       <c r="F6" t="str">
         <v>4</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Tommy</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>59</v>
       </c>
+      <c r="K6">
+        <v>258808</v>
+      </c>
       <c r="L6" t="str">
         <v>tomlii</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6">
         <v>59</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
@@ -1349,50 +1352,53 @@
         <v>9</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>-3</v>
       </c>
       <c r="E10" t="str">
         <v>MPO</v>
       </c>
       <c r="F10" t="str">
         <v>6</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>62</v>
+      </c>
+      <c r="K10">
+        <v>262955</v>
       </c>
       <c r="L10" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>62</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>