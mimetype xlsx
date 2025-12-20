--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-5</v>
       </c>
       <c r="D2">
         <v>-7</v>
       </c>
       <c r="E2" t="str">
         <v>MPO</v>
       </c>
       <c r="F2" t="str">
         <v>3</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I2">
         <v>2</v>
       </c>
       <c r="J2">
         <v>60</v>
       </c>
+      <c r="K2">
+        <v>262955</v>
+      </c>
       <c r="L2" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>60</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
@@ -1055,50 +1058,53 @@
         <v>6</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
       <c r="D7">
         <v>-4</v>
       </c>
       <c r="E7" t="str">
         <v>MPO</v>
       </c>
       <c r="F7" t="str">
         <v>T4</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="str">
         <v>Tommy</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>62</v>
+      </c>
+      <c r="K7">
+        <v>258808</v>
       </c>
       <c r="L7" t="str">
         <v>tomlii</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>62</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>