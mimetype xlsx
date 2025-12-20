--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1574,50 +1574,53 @@
         <v>2</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="E14" t="str">
         <v>MPO</v>
       </c>
       <c r="F14" t="str">
         <v>11</v>
       </c>
       <c r="G14">
         <v>11</v>
       </c>
       <c r="H14" t="str">
         <v>Tommy</v>
       </c>
       <c r="I14">
         <v>4</v>
       </c>
       <c r="J14">
         <v>62</v>
       </c>
+      <c r="K14">
+        <v>258808</v>
+      </c>
       <c r="L14" t="str">
         <v>tomlii</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>62</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
@@ -2080,50 +2083,53 @@
       <c r="AE19">
         <v>3</v>
       </c>
       <c r="AF19">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="E20" t="str">
         <v>MPO</v>
       </c>
       <c r="F20" t="str">
         <v>T16</v>
       </c>
       <c r="G20">
         <v>16</v>
       </c>
       <c r="H20" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
         <v>65</v>
+      </c>
+      <c r="K20">
+        <v>262955</v>
       </c>
       <c r="L20" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M20">
         <v>7</v>
       </c>
       <c r="N20">
         <v>65</v>
       </c>
       <c r="O20">
         <v>5</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
       <c r="Q20">
         <v>2</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>