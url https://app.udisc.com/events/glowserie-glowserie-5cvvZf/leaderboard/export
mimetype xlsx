--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -964,50 +964,53 @@
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
         <v>-4</v>
       </c>
       <c r="E6" t="str">
         <v>MPO</v>
       </c>
       <c r="F6" t="str">
         <v>4</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Pontus Magnusson</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
       <c r="J6">
         <v>61</v>
       </c>
+      <c r="K6">
+        <v>262955</v>
+      </c>
       <c r="L6" t="str">
         <v>skorpan1996</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>61</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">