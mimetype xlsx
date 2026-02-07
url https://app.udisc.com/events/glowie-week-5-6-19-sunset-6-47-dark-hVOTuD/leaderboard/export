--- v0 (2025-11-09)
+++ v1 (2026-02-07)
@@ -879,50 +879,53 @@
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T10</v>
       </c>
       <c r="G5">
         <v>10</v>
       </c>
       <c r="H5" t="str">
         <v>Lui S.</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>51</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
+      <c r="L5">
+        <v>320757</v>
+      </c>
       <c r="M5" t="str">
         <v>goalfire</v>
       </c>
       <c r="N5">
         <v>-3</v>
       </c>
       <c r="O5">
         <v>51</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">