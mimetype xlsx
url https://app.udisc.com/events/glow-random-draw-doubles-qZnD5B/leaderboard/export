--- v0 (2025-12-06)
+++ v1 (2026-01-11)
@@ -545,340 +545,415 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jim misuraca</v>
       </c>
       <c r="E2">
-        <v>-10</v>
+        <v>-13</v>
       </c>
       <c r="F2">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="H2" t="str">
         <v>jimmydiscgolf</v>
       </c>
       <c r="I2">
-        <v>-10</v>
+        <v>-13</v>
       </c>
       <c r="J2">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Michael Hefferan</v>
       </c>
       <c r="E3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F3">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H3" t="str">
         <v>heff3521</v>
       </c>
       <c r="I3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J3">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>2</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>2</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Ryan Anderson &amp; Ian Miller</v>
       </c>
       <c r="E4">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F4">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="H4" t="str">
         <v>unclerhino13,imiller31</v>
       </c>
       <c r="I4">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J4">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
+        <v>2</v>
+      </c>
+      <c r="M4">
+        <v>3</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Scott Prior &amp; Brent Sweeney</v>
       </c>
       <c r="E5">
-        <v>-5</v>
+        <v>-7</v>
       </c>
       <c r="F5">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="H5" t="str">
         <v>spdrcr,brent1cbu</v>
       </c>
       <c r="I5">
-        <v>-5</v>
+        <v>-7</v>
       </c>
       <c r="J5">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>4</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Cory Madaus  &amp; Chris Powell</v>
       </c>
       <c r="E6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F6">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="H6" t="str">
         <v>cory72638,powell2285</v>
       </c>
       <c r="I6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J6">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>2</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>