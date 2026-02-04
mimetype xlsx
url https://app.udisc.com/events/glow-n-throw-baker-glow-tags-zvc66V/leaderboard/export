--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1837,50 +1837,53 @@
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>Rocky Bolan 🥏</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
+      <c r="G17">
+        <v>321226</v>
+      </c>
       <c r="H17" t="str">
         <v>rokopotomos</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
@@ -2343,50 +2346,53 @@
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>David Martens</v>
       </c>
       <c r="E23">
         <v>11</v>
       </c>
       <c r="F23">
         <v>65</v>
+      </c>
+      <c r="G23">
+        <v>139132</v>
       </c>
       <c r="H23" t="str">
         <v>bustrudapannies</v>
       </c>
       <c r="I23">
         <v>11</v>
       </c>
       <c r="J23">
         <v>65</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>