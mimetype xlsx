--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1399,203 +1399,206 @@
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Maxwell</v>
+        <v>Rocky Bolan 🥏</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>57</v>
       </c>
+      <c r="G12">
+        <v>321226</v>
+      </c>
       <c r="H12" t="str">
-        <v>madmaxwell</v>
+        <v>rokopotomos</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>57</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T10</v>
       </c>
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Rocky Bolan 🥏</v>
+        <v>Maxwell</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>57</v>
       </c>
       <c r="H13" t="str">
-        <v>rokopotomos</v>
+        <v>madmaxwell</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>57</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Sean R 🥏</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>60</v>
       </c>
       <c r="G14">
         <v>164011</v>
       </c>
       <c r="H14" t="str">
@@ -1651,206 +1654,209 @@
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
         <v>5</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Grant</v>
+        <v>David Martens</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15">
-        <v>265379</v>
+        <v>139132</v>
       </c>
       <c r="H15" t="str">
-        <v>grinch1965</v>
+        <v>bustrudapannies</v>
       </c>
       <c r="I15">
         <v>7</v>
       </c>
       <c r="J15">
         <v>61</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>David Martens</v>
+        <v>Grant</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>61</v>
       </c>
+      <c r="G16">
+        <v>265379</v>
+      </c>
       <c r="H16" t="str">
-        <v>bustrudapannies</v>
+        <v>grinch1965</v>
       </c>
       <c r="I16">
         <v>7</v>
       </c>
       <c r="J16">
         <v>61</v>
       </c>
       <c r="K16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Jon Turner</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>64</v>
       </c>
       <c r="G17">
         <v>317187</v>
       </c>
       <c r="H17" t="str">