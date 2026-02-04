--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1497,51 +1497,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T9</v>
       </c>
       <c r="C13">
         <v>9</v>
       </c>
       <c r="D13" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
       <c r="G13">
         <v>300139</v>
       </c>
       <c r="H13" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
@@ -1579,50 +1579,53 @@
         <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T9</v>
       </c>
       <c r="C14">
         <v>9</v>
       </c>
       <c r="D14" t="str">
         <v>Rocky bolan</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
+      <c r="G14">
+        <v>321226</v>
+      </c>
       <c r="H14" t="str">
         <v>rokopotomos</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
@@ -2683,375 +2686,378 @@
       </c>
       <c r="Y26">
         <v>4</v>
       </c>
       <c r="Z26">
         <v>5</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Luke Gleadall</v>
+        <v>David Martens</v>
       </c>
       <c r="E27">
         <v>7</v>
       </c>
       <c r="F27">
         <v>61</v>
       </c>
       <c r="G27">
-        <v>238469</v>
+        <v>139132</v>
       </c>
       <c r="H27" t="str">
-        <v>gledze</v>
+        <v>bustrudapannies</v>
       </c>
       <c r="I27">
         <v>7</v>
       </c>
       <c r="J27">
         <v>61</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>4</v>
       </c>
       <c r="Q27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>Michael Hill</v>
+        <v>Luke Gleadall</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>61</v>
       </c>
       <c r="G28">
-        <v>294669</v>
+        <v>238469</v>
       </c>
       <c r="H28" t="str">
-        <v>mickey615</v>
+        <v>gledze</v>
       </c>
       <c r="I28">
         <v>7</v>
       </c>
       <c r="J28">
         <v>61</v>
       </c>
       <c r="K28">
+        <v>3</v>
+      </c>
+      <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>3</v>
+      </c>
+      <c r="O28">
+        <v>3</v>
+      </c>
+      <c r="P28">
+        <v>4</v>
+      </c>
+      <c r="Q28">
         <v>5</v>
       </c>
-      <c r="L28">
-[...16 lines deleted...]
-      </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Danny Tremblay</v>
+        <v>Michael Hill</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>61</v>
       </c>
+      <c r="G29">
+        <v>294669</v>
+      </c>
       <c r="H29" t="str">
-        <v>dano222</v>
+        <v>mickey615</v>
       </c>
       <c r="I29">
         <v>7</v>
       </c>
       <c r="J29">
         <v>61</v>
       </c>
       <c r="K29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
         <v>3</v>
       </c>
       <c r="V29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>David Martens</v>
+        <v>Danny Tremblay</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>61</v>
       </c>
       <c r="H30" t="str">
-        <v>bustrudapannies</v>
+        <v>dano222</v>
       </c>
       <c r="I30">
         <v>7</v>
       </c>
       <c r="J30">
         <v>61</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>Caitlin Logan</v>
       </c>
       <c r="E31">
         <v>8</v>
       </c>
       <c r="F31">
         <v>62</v>
       </c>
       <c r="G31">
         <v>225529</v>
       </c>
       <c r="H31" t="str">