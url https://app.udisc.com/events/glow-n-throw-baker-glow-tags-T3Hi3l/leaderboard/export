--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1927,51 +1927,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E18">
         <v>9</v>
       </c>
       <c r="F18">
         <v>63</v>
       </c>
       <c r="G18">
         <v>300139</v>
       </c>
       <c r="H18" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I18">
         <v>9</v>
       </c>
       <c r="J18">
         <v>63</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>