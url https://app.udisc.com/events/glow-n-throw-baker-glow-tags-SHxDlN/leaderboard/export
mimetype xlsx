--- v0 (2025-11-18)
+++ v1 (2026-01-12)
@@ -2173,203 +2173,206 @@
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>5</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v xml:space="preserve">Annika Slumskie </v>
+        <v>Greg Carter</v>
       </c>
       <c r="E21">
         <v>5</v>
       </c>
       <c r="F21">
         <v>59</v>
       </c>
+      <c r="G21">
+        <v>313384</v>
+      </c>
       <c r="H21" t="str">
-        <v>annikasj</v>
+        <v>grcarter</v>
       </c>
       <c r="I21">
         <v>5</v>
       </c>
       <c r="J21">
         <v>59</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
         <v>4</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>Greg Carter</v>
+        <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E22">
         <v>5</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="H22" t="str">
-        <v>grcarter</v>
+        <v>annikasj</v>
       </c>
       <c r="I22">
         <v>5</v>
       </c>
       <c r="J22">
         <v>59</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Jerri Stewart</v>
       </c>
       <c r="E23">
         <v>6</v>
       </c>
       <c r="F23">
         <v>60</v>
       </c>
       <c r="G23">
         <v>303692</v>
       </c>
       <c r="H23" t="str">