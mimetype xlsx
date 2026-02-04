--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -2099,51 +2099,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E20">
         <v>5</v>
       </c>
       <c r="F20">
         <v>59</v>
       </c>
       <c r="G20">
         <v>300139</v>
       </c>
       <c r="H20" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>