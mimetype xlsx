--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1058,283 +1058,286 @@
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Joel bernard</v>
+        <v>David Martens</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8">
-        <v>208038</v>
+        <v>139132</v>
       </c>
       <c r="H8" t="str">
-        <v>joelbernard</v>
+        <v>bustrudapannies</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>David Slumskie</v>
+        <v>Joel bernard</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
       <c r="G9">
-        <v>280567</v>
+        <v>208038</v>
       </c>
       <c r="H9" t="str">
-        <v>slumisland</v>
+        <v>joelbernard</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>David Martens</v>
+        <v>David Slumskie</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>54</v>
       </c>
+      <c r="G10">
+        <v>280567</v>
+      </c>
       <c r="H10" t="str">
-        <v>bustrudapannies</v>
+        <v>slumisland</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>54</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Dany Ladouceur</v>
       </c>
       <c r="E11">
@@ -1406,50 +1409,53 @@
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Rocky Bolan 🥏</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>55</v>
+      </c>
+      <c r="G12">
+        <v>321226</v>
       </c>
       <c r="H12" t="str">
         <v>rokopotomos</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>55</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>