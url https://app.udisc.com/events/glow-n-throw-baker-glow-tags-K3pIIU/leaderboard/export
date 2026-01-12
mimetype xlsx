--- v0 (2025-11-18)
+++ v1 (2026-01-12)
@@ -1235,50 +1235,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Greg Carter</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>51</v>
       </c>
+      <c r="G10">
+        <v>313384</v>
+      </c>
       <c r="H10" t="str">
         <v>grcarter</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>51</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">