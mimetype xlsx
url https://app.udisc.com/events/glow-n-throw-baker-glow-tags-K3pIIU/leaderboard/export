--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -1407,50 +1407,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>David Martens</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
+      <c r="G12">
+        <v>139132</v>
+      </c>
       <c r="H12" t="str">
         <v>bustrudapannies</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
@@ -1752,51 +1755,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16">
         <v>300139</v>
       </c>
       <c r="H16" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>