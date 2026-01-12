--- v0 (2025-11-18)
+++ v1 (2026-01-12)
@@ -1926,50 +1926,53 @@
         <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T14</v>
       </c>
       <c r="C18">
         <v>14</v>
       </c>
       <c r="D18" t="str">
         <v>Greg Carter</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>53</v>
       </c>
+      <c r="G18">
+        <v>313384</v>
+      </c>
       <c r="H18" t="str">
         <v>grcarter</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>53</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">