--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -2357,51 +2357,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>56</v>
       </c>
       <c r="G23">
         <v>300139</v>
       </c>
       <c r="H23" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>56</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
@@ -2439,50 +2439,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Rocky bolan</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
       <c r="F24">
         <v>57</v>
       </c>
+      <c r="G24">
+        <v>321226</v>
+      </c>
       <c r="H24" t="str">
         <v>rokopotomos</v>
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="J24">
         <v>57</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
@@ -2597,206 +2600,209 @@
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
-        <v>Jon Turner</v>
+        <v>David Martens</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>60</v>
       </c>
       <c r="G26">
-        <v>317187</v>
+        <v>139132</v>
       </c>
       <c r="H26" t="str">
-        <v>jwdturner</v>
+        <v>bustrudapannies</v>
       </c>
       <c r="I26">
         <v>6</v>
       </c>
       <c r="J26">
         <v>60</v>
       </c>
       <c r="K26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>
       <c r="Q26">
         <v>2</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
         <v>4</v>
       </c>
       <c r="T26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V26">
+        <v>3</v>
+      </c>
+      <c r="W26">
+        <v>3</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>4</v>
+      </c>
+      <c r="Z26">
+        <v>4</v>
+      </c>
+      <c r="AA26">
+        <v>3</v>
+      </c>
+      <c r="AB26">
         <v>5</v>
-      </c>
-[...16 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T25</v>
       </c>
       <c r="C27">
         <v>25</v>
       </c>
       <c r="D27" t="str">
-        <v>David Martens</v>
+        <v>Jon Turner</v>
       </c>
       <c r="E27">
         <v>6</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
+      <c r="G27">
+        <v>317187</v>
+      </c>
       <c r="H27" t="str">
-        <v>bustrudapannies</v>
+        <v>jwdturner</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
         <v>60</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>4</v>
       </c>
       <c r="Q27">
         <v>2</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>4</v>
       </c>
       <c r="T27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U27">
+        <v>3</v>
+      </c>
+      <c r="V27">
         <v>5</v>
       </c>
-      <c r="V27">
-[...1 lines deleted...]
-      </c>
       <c r="W27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X27">
         <v>3</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Michael Hill</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>61</v>
       </c>
       <c r="G28">
         <v>294669</v>
       </c>
       <c r="H28" t="str">