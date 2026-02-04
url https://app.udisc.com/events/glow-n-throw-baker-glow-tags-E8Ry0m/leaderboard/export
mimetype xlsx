--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1668,50 +1668,53 @@
         <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Rocky Bolan 🥏</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
+      <c r="G15">
+        <v>321226</v>
+      </c>
       <c r="H15" t="str">
         <v>rokopotomos</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
@@ -2178,50 +2181,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>David Martens</v>
       </c>
       <c r="E21">
         <v>4</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
+      <c r="G21">
+        <v>139132</v>
+      </c>
       <c r="H21" t="str">
         <v>bustrudapannies</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
         <v>5</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
@@ -2606,51 +2612,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T23</v>
       </c>
       <c r="C26">
         <v>23</v>
       </c>
       <c r="D26" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>60</v>
       </c>
       <c r="G26">
         <v>300139</v>
       </c>
       <c r="H26" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I26">
         <v>6</v>
       </c>
       <c r="J26">
         <v>60</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>