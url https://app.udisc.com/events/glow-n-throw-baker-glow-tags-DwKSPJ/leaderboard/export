--- v0 (2026-01-09)
+++ v1 (2026-02-04)
@@ -1829,203 +1829,206 @@
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T13</v>
       </c>
       <c r="C17">
         <v>13</v>
       </c>
       <c r="D17" t="str">
-        <v>Jory Sand</v>
+        <v>Rocky Bolan 🥏</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
+      <c r="G17">
+        <v>321226</v>
+      </c>
       <c r="H17" t="str">
-        <v>jorysand</v>
+        <v>rokopotomos</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>55</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T13</v>
       </c>
       <c r="C18">
         <v>13</v>
       </c>
       <c r="D18" t="str">
-        <v>Rocky Bolan 🥏</v>
+        <v>Jory Sand</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>55</v>
       </c>
       <c r="H18" t="str">
-        <v>rokopotomos</v>
+        <v>jorysand</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>55</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Joel bernard</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>57</v>
       </c>
       <c r="G19">
         <v>208038</v>
       </c>
       <c r="H19" t="str">
@@ -3025,50 +3028,53 @@
       <c r="AA30">
         <v>5</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>David Martens</v>
       </c>
       <c r="E31">
         <v>12</v>
       </c>
       <c r="F31">
         <v>66</v>
+      </c>
+      <c r="G31">
+        <v>139132</v>
       </c>
       <c r="H31" t="str">
         <v>bustrudapannies</v>
       </c>
       <c r="I31">
         <v>12</v>
       </c>
       <c r="J31">
         <v>66</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>5</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>