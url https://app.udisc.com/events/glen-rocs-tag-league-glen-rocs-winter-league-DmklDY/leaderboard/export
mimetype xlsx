--- v0 (2025-11-09)
+++ v1 (2025-12-21)
@@ -1048,54 +1048,54 @@
       </c>
       <c r="AE6">
         <v>2</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7">
         <v>-9</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="G7">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H7" t="str">
         <v>Matthew Barrick</v>
       </c>
       <c r="I7">
         <v>13</v>
       </c>
       <c r="J7">
         <v>68</v>
       </c>
       <c r="K7">
         <v>261510</v>
       </c>
       <c r="L7" t="str">
         <v>mbarrick</v>
       </c>
       <c r="M7">
         <v>13</v>
       </c>
       <c r="N7">
         <v>68</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
@@ -1146,54 +1146,54 @@
       </c>
       <c r="AE7">
         <v>4</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8">
         <v>-23</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H8" t="str">
         <v>Dale Beck</v>
       </c>
       <c r="I8">
         <v>28</v>
       </c>
       <c r="J8">
         <v>83</v>
       </c>
       <c r="L8" t="str">
         <v>myst3rykarp</v>
       </c>
       <c r="M8">
         <v>28</v>
       </c>
       <c r="N8">
         <v>83</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
@@ -1353,50 +1353,53 @@
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10">
         <v>2</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>6</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10" t="str">
         <v>Dominic Meadowcroft</v>
       </c>
       <c r="I10">
         <v>5</v>
       </c>
       <c r="J10">
         <v>60</v>
       </c>
+      <c r="K10">
+        <v>318582</v>
+      </c>
       <c r="L10" t="str">
         <v>coolcoolcool</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>60</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
@@ -1419,223 +1422,223 @@
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
       <c r="AC10">
         <v>2</v>
       </c>
       <c r="AD10">
         <v>5</v>
       </c>
       <c r="AE10">
         <v>4</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
-        <v>GEN</v>
+        <v>NLM</v>
       </c>
       <c r="F11" t="str">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G11">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H11" t="str">
-        <v>Jordan Motter</v>
+        <v>Anthony Piccioni</v>
       </c>
       <c r="I11">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J11">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>201437</v>
+        <v>67</v>
       </c>
       <c r="L11" t="str">
-        <v>jordanmotter</v>
+        <v>aceinherhole</v>
       </c>
       <c r="M11">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="N11">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD11">
         <v>4</v>
       </c>
       <c r="AE11">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>T9</v>
+        <v>4</v>
       </c>
       <c r="G12">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="H12" t="str">
-        <v>Anthony Piccioni</v>
+        <v>Jordan Motter</v>
       </c>
       <c r="I12">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J12">
-        <v>67</v>
+        <v>56</v>
+      </c>
+      <c r="K12">
+        <v>201437</v>
       </c>
       <c r="L12" t="str">
-        <v>aceinherhole</v>
+        <v>jordanmotter</v>
       </c>
       <c r="M12">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="N12">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD12">
         <v>4</v>
       </c>
       <c r="AE12">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>T9</v>
+        <v>9</v>
       </c>
       <c r="G13">
         <v>9</v>
       </c>
       <c r="H13" t="str">
         <v>Travis goodale</v>
       </c>
       <c r="I13">
         <v>12</v>
       </c>
       <c r="J13">
         <v>67</v>
       </c>
       <c r="L13" t="str">
         <v>travis330g</v>
       </c>
       <c r="M13">
         <v>12</v>
       </c>
       <c r="N13">
         <v>67</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
@@ -1674,54 +1677,54 @@
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
       <c r="AD13">
         <v>5</v>
       </c>
       <c r="AE13">
         <v>6</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="G14">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H14" t="str">
         <v>Rick Murray</v>
       </c>
       <c r="I14">
         <v>13</v>
       </c>
       <c r="J14">
         <v>68</v>
       </c>
       <c r="K14">
         <v>274149</v>
       </c>
       <c r="L14" t="str">
         <v>rickmurray</v>
       </c>
       <c r="M14">
         <v>13</v>
       </c>
       <c r="N14">
         <v>68</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>