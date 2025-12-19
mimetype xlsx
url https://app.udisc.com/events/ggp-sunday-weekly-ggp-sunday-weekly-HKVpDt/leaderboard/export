--- v0 (2025-11-17)
+++ v1 (2025-12-19)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB83"/>
+  <dimension ref="A1:AB80"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="7.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="7.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="8.83203125" customWidth="1"/>
     <col min="21" max="21" width="9.83203125" customWidth="1"/>
@@ -4560,2806 +4560,2722 @@
       </c>
       <c r="Y48">
         <v>4</v>
       </c>
       <c r="Z48">
         <v>2</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
       <c r="B49" t="str">
         <v>T48</v>
       </c>
       <c r="C49">
         <v>48</v>
       </c>
       <c r="D49" t="str">
-        <v>Eric Plett</v>
+        <v>Andy Rothschild</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G49">
-        <v>129200</v>
+        <v>99099</v>
       </c>
       <c r="H49" t="str">
-        <v>eplett</v>
+        <v>agoldredshield</v>
       </c>
       <c r="I49">
         <v>2</v>
       </c>
       <c r="J49">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
         <v>3</v>
       </c>
       <c r="Q49">
         <v>3</v>
       </c>
       <c r="R49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S49">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V49">
         <v>4</v>
       </c>
       <c r="W49">
         <v>3</v>
       </c>
       <c r="X49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>3</v>
       </c>
       <c r="AA49">
+        <v>5</v>
+      </c>
+      <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>GEN</v>
       </c>
       <c r="B50" t="str">
         <v>T48</v>
       </c>
       <c r="C50">
         <v>48</v>
       </c>
       <c r="D50" t="str">
-        <v>Andy Rothschild</v>
+        <v>Alex Trono</v>
       </c>
       <c r="E50">
         <v>2</v>
       </c>
       <c r="F50">
         <v>56</v>
       </c>
       <c r="G50">
-        <v>99099</v>
+        <v>226797</v>
       </c>
       <c r="H50" t="str">
-        <v>agoldredshield</v>
+        <v>elzilcho</v>
       </c>
       <c r="I50">
         <v>2</v>
       </c>
       <c r="J50">
         <v>56</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>2</v>
       </c>
       <c r="M50">
         <v>4</v>
       </c>
       <c r="N50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
       <c r="R50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U50">
         <v>3</v>
       </c>
       <c r="V50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T48</v>
       </c>
       <c r="C51">
         <v>48</v>
       </c>
       <c r="D51" t="str">
-        <v>Alex Trono</v>
+        <v>Rich Bodine</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51">
         <v>56</v>
       </c>
-      <c r="G51">
-[...1 lines deleted...]
-      </c>
       <c r="H51" t="str">
-        <v>elzilcho</v>
+        <v>richbodine</v>
       </c>
       <c r="I51">
         <v>2</v>
       </c>
       <c r="J51">
         <v>56</v>
       </c>
       <c r="K51">
         <v>3</v>
       </c>
       <c r="L51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M51">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
         <v>4</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
         <v>3</v>
       </c>
       <c r="R51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
       <c r="T51">
         <v>3</v>
       </c>
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T48</v>
       </c>
       <c r="C52">
         <v>48</v>
       </c>
       <c r="D52" t="str">
-        <v>Rich Bodine</v>
+        <v>Robert Schuermann</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="F52">
         <v>56</v>
       </c>
       <c r="H52" t="str">
-        <v>richbodine</v>
+        <v>robertrobert</v>
       </c>
       <c r="I52">
         <v>2</v>
       </c>
       <c r="J52">
         <v>56</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M52">
         <v>5</v>
       </c>
       <c r="N52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
         <v>3</v>
       </c>
       <c r="R52">
         <v>3</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
       <c r="U52">
         <v>3</v>
       </c>
       <c r="V52">
         <v>4</v>
       </c>
       <c r="W52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y52">
         <v>3</v>
       </c>
       <c r="Z52">
         <v>3</v>
       </c>
       <c r="AA52">
         <v>3</v>
       </c>
       <c r="AB52">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
-        <v>T48</v>
+        <v>T52</v>
       </c>
       <c r="C53">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D53" t="str">
-        <v>Robert Schuermann</v>
+        <v>Salla Vaerma-Jadlos</v>
       </c>
       <c r="E53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F53">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="G53">
+        <v>208144</v>
       </c>
       <c r="H53" t="str">
-        <v>robertrobert</v>
+        <v>svaerma</v>
       </c>
       <c r="I53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J53">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N53">
         <v>4</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>3</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
         <v>3</v>
       </c>
       <c r="V53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X53">
         <v>3</v>
       </c>
       <c r="Y53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z53">
         <v>3</v>
       </c>
       <c r="AA53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
-        <v>T53</v>
+        <v>T52</v>
       </c>
       <c r="C54">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D54" t="str">
-        <v>Niel Jones</v>
+        <v>Jamie Koy</v>
       </c>
       <c r="E54">
         <v>3</v>
       </c>
       <c r="F54">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>49041</v>
+        <v>57</v>
       </c>
       <c r="H54" t="str">
-        <v>nieljones</v>
+        <v>deepdonkey</v>
       </c>
       <c r="I54">
         <v>3</v>
       </c>
       <c r="J54">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K54">
         <v>3</v>
       </c>
       <c r="L54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M54">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R54">
         <v>3</v>
       </c>
       <c r="S54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
       <c r="U54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V54">
         <v>4</v>
       </c>
       <c r="W54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y54">
         <v>3</v>
       </c>
       <c r="Z54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA54">
+        <v>3</v>
+      </c>
+      <c r="AB54">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>GEN</v>
       </c>
       <c r="B55" t="str">
-        <v>T53</v>
+        <v>T52</v>
       </c>
       <c r="C55">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D55" t="str">
-        <v>Marty Aitken</v>
+        <v>Jeff Stern</v>
       </c>
       <c r="E55">
         <v>3</v>
       </c>
       <c r="F55">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>126131</v>
+        <v>57</v>
       </c>
       <c r="H55" t="str">
-        <v>dvmsurgeon</v>
+        <v>jeffs9669</v>
       </c>
       <c r="I55">
         <v>3</v>
       </c>
       <c r="J55">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S55">
         <v>3</v>
       </c>
       <c r="T55">
         <v>3</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA55">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AB55">
+        <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
-        <v>T53</v>
+        <v>T55</v>
       </c>
       <c r="C56">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D56" t="str">
-        <v>Salla Vaerma-Jadlos</v>
+        <v>Steve Parrott</v>
       </c>
       <c r="E56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F56">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G56">
-        <v>208144</v>
+        <v>63051</v>
       </c>
       <c r="H56" t="str">
-        <v>svaerma</v>
+        <v>bigair</v>
       </c>
       <c r="I56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J56">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K56">
         <v>3</v>
       </c>
       <c r="L56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M56">
         <v>3</v>
       </c>
       <c r="N56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O56">
         <v>3</v>
       </c>
       <c r="P56">
         <v>3</v>
       </c>
       <c r="Q56">
         <v>3</v>
       </c>
       <c r="R56">
         <v>3</v>
       </c>
       <c r="S56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T56">
         <v>3</v>
       </c>
       <c r="U56">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V56">
         <v>3</v>
       </c>
       <c r="W56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X56">
         <v>3</v>
       </c>
       <c r="Y56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z56">
         <v>3</v>
       </c>
       <c r="AA56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB56">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>GEN</v>
       </c>
       <c r="B57" t="str">
-        <v>T53</v>
+        <v>T55</v>
       </c>
       <c r="C57">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D57" t="str">
-        <v>Jamie Koy</v>
+        <v>Edgar gonzalez</v>
       </c>
       <c r="E57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F57">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H57" t="str">
-        <v>deepdonkey</v>
+        <v>play21</v>
       </c>
       <c r="I57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J57">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O57">
         <v>3</v>
       </c>
       <c r="P57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R57">
         <v>3</v>
       </c>
       <c r="S57">
         <v>2</v>
       </c>
       <c r="T57">
         <v>3</v>
       </c>
       <c r="U57">
         <v>2</v>
       </c>
       <c r="V57">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X57">
         <v>3</v>
       </c>
       <c r="Y57">
         <v>3</v>
       </c>
       <c r="Z57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB57">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>GEN</v>
       </c>
       <c r="B58" t="str">
-        <v>T53</v>
+        <v>T55</v>
       </c>
       <c r="C58">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D58" t="str">
-        <v>Jeff Stern</v>
+        <v>Gerald Richelson</v>
       </c>
       <c r="E58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F58">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H58" t="str">
-        <v>jeffs9669</v>
+        <v>grichelson</v>
       </c>
       <c r="I58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J58">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N58">
         <v>3</v>
       </c>
       <c r="O58">
         <v>3</v>
       </c>
       <c r="P58">
         <v>3</v>
       </c>
       <c r="Q58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R58">
         <v>4</v>
       </c>
       <c r="S58">
         <v>3</v>
       </c>
       <c r="T58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U58">
         <v>3</v>
       </c>
       <c r="V58">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X58">
         <v>4</v>
       </c>
       <c r="Y58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z58">
         <v>3</v>
       </c>
       <c r="AA58">
         <v>3</v>
       </c>
       <c r="AB58">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>GEN</v>
       </c>
       <c r="B59" t="str">
-        <v>T58</v>
+        <v>T55</v>
       </c>
       <c r="C59">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D59" t="str">
-        <v>Steve Parrott</v>
+        <v>Sam Hudson</v>
       </c>
       <c r="E59">
         <v>4</v>
       </c>
       <c r="F59">
         <v>58</v>
       </c>
-      <c r="G59">
-[...1 lines deleted...]
-      </c>
       <c r="H59" t="str">
-        <v>bigair</v>
+        <v>shudson</v>
       </c>
       <c r="I59">
         <v>4</v>
       </c>
       <c r="J59">
         <v>58</v>
       </c>
       <c r="K59">
         <v>3</v>
       </c>
       <c r="L59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
         <v>3</v>
       </c>
       <c r="Q59">
         <v>3</v>
       </c>
       <c r="R59">
         <v>3</v>
       </c>
       <c r="S59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T59">
         <v>3</v>
       </c>
       <c r="U59">
+        <v>3</v>
+      </c>
+      <c r="V59">
         <v>5</v>
       </c>
-      <c r="V59">
-[...1 lines deleted...]
-      </c>
       <c r="W59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X59">
         <v>3</v>
       </c>
       <c r="Y59">
         <v>3</v>
       </c>
       <c r="Z59">
         <v>3</v>
       </c>
       <c r="AA59">
         <v>3</v>
       </c>
       <c r="AB59">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>GEN</v>
       </c>
       <c r="B60" t="str">
-        <v>T58</v>
+        <v>T55</v>
       </c>
       <c r="C60">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D60" t="str">
-        <v>Edgar gonzalez</v>
+        <v>Trenton Fister</v>
       </c>
       <c r="E60">
         <v>4</v>
       </c>
       <c r="F60">
         <v>58</v>
       </c>
       <c r="H60" t="str">
-        <v>play21</v>
+        <v>trentone</v>
       </c>
       <c r="I60">
         <v>4</v>
       </c>
       <c r="J60">
         <v>58</v>
       </c>
       <c r="K60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L60">
         <v>3</v>
       </c>
       <c r="M60">
         <v>4</v>
       </c>
       <c r="N60">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
         <v>3</v>
       </c>
       <c r="Q60">
         <v>3</v>
       </c>
       <c r="R60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T60">
         <v>3</v>
       </c>
       <c r="U60">
         <v>2</v>
       </c>
       <c r="V60">
+        <v>3</v>
+      </c>
+      <c r="W60">
+        <v>3</v>
+      </c>
+      <c r="X60">
+        <v>4</v>
+      </c>
+      <c r="Y60">
         <v>6</v>
       </c>
-      <c r="W60">
-[...7 lines deleted...]
-      </c>
       <c r="Z60">
         <v>3</v>
       </c>
       <c r="AA60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB60">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>GEN</v>
       </c>
       <c r="B61" t="str">
-        <v>T58</v>
+        <v>T60</v>
       </c>
       <c r="C61">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D61" t="str">
-        <v>Gerald Richelson</v>
+        <v>Erik Poppen</v>
       </c>
       <c r="E61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F61">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="G61">
+        <v>197824</v>
       </c>
       <c r="H61" t="str">
-        <v>grichelson</v>
+        <v>erikpoppen</v>
       </c>
       <c r="I61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J61">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M61">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S61">
         <v>3</v>
       </c>
       <c r="T61">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U61">
         <v>3</v>
       </c>
       <c r="V61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W61">
         <v>3</v>
       </c>
       <c r="X61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z61">
         <v>3</v>
       </c>
       <c r="AA61">
         <v>3</v>
       </c>
       <c r="AB61">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>GEN</v>
       </c>
       <c r="B62" t="str">
-        <v>T58</v>
+        <v>T60</v>
       </c>
       <c r="C62">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D62" t="str">
-        <v>Sam Hudson</v>
+        <v>Jared Kasoff</v>
       </c>
       <c r="E62">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F62">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H62" t="str">
-        <v>shudson</v>
+        <v>milkman415</v>
       </c>
       <c r="I62">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J62">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K62">
         <v>3</v>
       </c>
       <c r="L62">
         <v>3</v>
       </c>
       <c r="M62">
         <v>4</v>
       </c>
       <c r="N62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O62">
         <v>3</v>
       </c>
       <c r="P62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q62">
         <v>3</v>
       </c>
       <c r="R62">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T62">
         <v>3</v>
       </c>
       <c r="U62">
         <v>3</v>
       </c>
       <c r="V62">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y62">
         <v>3</v>
       </c>
       <c r="Z62">
         <v>3</v>
       </c>
       <c r="AA62">
         <v>3</v>
       </c>
       <c r="AB62">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>GEN</v>
       </c>
       <c r="B63" t="str">
-        <v>T58</v>
+        <v>T62</v>
       </c>
       <c r="C63">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D63" t="str">
-        <v>Trenton Fister</v>
+        <v>Fred Herrera</v>
       </c>
       <c r="E63">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F63">
-        <v>58</v>
+        <v>60</v>
+      </c>
+      <c r="G63">
+        <v>237517</v>
       </c>
       <c r="H63" t="str">
-        <v>trentone</v>
+        <v>friendlyfredh</v>
       </c>
       <c r="I63">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J63">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K63">
         <v>3</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M63">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">
         <v>3</v>
       </c>
       <c r="Q63">
         <v>3</v>
       </c>
       <c r="R63">
         <v>4</v>
       </c>
       <c r="S63">
         <v>3</v>
       </c>
       <c r="T63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V63">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="W63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y63">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z63">
         <v>3</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
         <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>GEN</v>
       </c>
       <c r="B64" t="str">
-        <v>T63</v>
+        <v>T62</v>
       </c>
       <c r="C64">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D64" t="str">
-        <v>Erik Poppen</v>
+        <v>Jake Ward</v>
       </c>
       <c r="E64">
+        <v>6</v>
+      </c>
+      <c r="F64">
+        <v>60</v>
+      </c>
+      <c r="H64" t="str">
+        <v>bugbear</v>
+      </c>
+      <c r="I64">
+        <v>6</v>
+      </c>
+      <c r="J64">
+        <v>60</v>
+      </c>
+      <c r="K64">
+        <v>2</v>
+      </c>
+      <c r="L64">
+        <v>3</v>
+      </c>
+      <c r="M64">
+        <v>7</v>
+      </c>
+      <c r="N64">
+        <v>3</v>
+      </c>
+      <c r="O64">
+        <v>3</v>
+      </c>
+      <c r="P64">
+        <v>4</v>
+      </c>
+      <c r="Q64">
+        <v>3</v>
+      </c>
+      <c r="R64">
+        <v>3</v>
+      </c>
+      <c r="S64">
+        <v>2</v>
+      </c>
+      <c r="T64">
+        <v>3</v>
+      </c>
+      <c r="U64">
+        <v>3</v>
+      </c>
+      <c r="V64">
+        <v>4</v>
+      </c>
+      <c r="W64">
+        <v>3</v>
+      </c>
+      <c r="X64">
         <v>5</v>
-      </c>
-[...55 lines deleted...]
-        <v>3</v>
       </c>
       <c r="Y64">
         <v>3</v>
       </c>
       <c r="Z64">
         <v>3</v>
       </c>
       <c r="AA64">
         <v>3</v>
       </c>
       <c r="AB64">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>GEN</v>
       </c>
       <c r="B65" t="str">
-        <v>T63</v>
+        <v>T62</v>
       </c>
       <c r="C65">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D65" t="str">
-        <v>Jared Kasoff</v>
+        <v>Mitchel Cinotti</v>
       </c>
       <c r="E65">
+        <v>6</v>
+      </c>
+      <c r="F65">
+        <v>60</v>
+      </c>
+      <c r="H65" t="str">
+        <v>mitchcinotti</v>
+      </c>
+      <c r="I65">
+        <v>6</v>
+      </c>
+      <c r="J65">
+        <v>60</v>
+      </c>
+      <c r="K65">
+        <v>3</v>
+      </c>
+      <c r="L65">
+        <v>3</v>
+      </c>
+      <c r="M65">
+        <v>4</v>
+      </c>
+      <c r="N65">
+        <v>3</v>
+      </c>
+      <c r="O65">
+        <v>4</v>
+      </c>
+      <c r="P65">
+        <v>4</v>
+      </c>
+      <c r="Q65">
+        <v>3</v>
+      </c>
+      <c r="R65">
         <v>5</v>
       </c>
-      <c r="F65">
-[...34 lines deleted...]
-      </c>
       <c r="S65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T65">
         <v>3</v>
       </c>
       <c r="U65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V65">
         <v>3</v>
       </c>
       <c r="W65">
         <v>4</v>
       </c>
       <c r="X65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y65">
         <v>3</v>
       </c>
       <c r="Z65">
         <v>3</v>
       </c>
       <c r="AA65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB65">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>GEN</v>
       </c>
       <c r="B66" t="str">
         <v>T65</v>
       </c>
       <c r="C66">
         <v>65</v>
       </c>
       <c r="D66" t="str">
-        <v>Fred Herrera</v>
+        <v>Scott Mathewson</v>
       </c>
       <c r="E66">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F66">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G66">
-        <v>237517</v>
+        <v>36903</v>
       </c>
       <c r="H66" t="str">
-        <v>friendlyfredh</v>
+        <v>scottmathe</v>
       </c>
       <c r="I66">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J66">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K66">
         <v>3</v>
       </c>
       <c r="L66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M66">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N66">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O66">
         <v>3</v>
       </c>
       <c r="P66">
         <v>3</v>
       </c>
       <c r="Q66">
         <v>3</v>
       </c>
       <c r="R66">
         <v>4</v>
       </c>
       <c r="S66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T66">
         <v>4</v>
       </c>
       <c r="U66">
         <v>3</v>
       </c>
       <c r="V66">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X66">
         <v>3</v>
       </c>
       <c r="Y66">
         <v>3</v>
       </c>
       <c r="Z66">
         <v>3</v>
       </c>
       <c r="AA66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB66">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>GEN</v>
       </c>
       <c r="B67" t="str">
         <v>T65</v>
       </c>
       <c r="C67">
         <v>65</v>
       </c>
       <c r="D67" t="str">
-        <v>Jake Ward</v>
+        <v>Jorge Novoa</v>
       </c>
       <c r="E67">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F67">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H67" t="str">
-        <v>bugbear</v>
+        <v>hellacrispy</v>
       </c>
       <c r="I67">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J67">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L67">
         <v>3</v>
       </c>
       <c r="M67">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="N67">
         <v>3</v>
       </c>
       <c r="O67">
         <v>3</v>
       </c>
       <c r="P67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q67">
         <v>3</v>
       </c>
       <c r="R67">
         <v>3</v>
       </c>
       <c r="S67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T67">
         <v>3</v>
       </c>
       <c r="U67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V67">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W67">
         <v>3</v>
       </c>
       <c r="X67">
         <v>5</v>
       </c>
       <c r="Y67">
         <v>3</v>
       </c>
       <c r="Z67">
         <v>3</v>
       </c>
       <c r="AA67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB67">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>GEN</v>
       </c>
       <c r="B68" t="str">
         <v>T65</v>
       </c>
       <c r="C68">
         <v>65</v>
       </c>
       <c r="D68" t="str">
-        <v>Mitchel Cinotti</v>
+        <v>Matthew Vierra</v>
       </c>
       <c r="E68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F68">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H68" t="str">
-        <v>mitchcinotti</v>
+        <v>matthewvierra</v>
       </c>
       <c r="I68">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J68">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K68">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>4</v>
       </c>
       <c r="N68">
         <v>3</v>
       </c>
       <c r="O68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P68">
         <v>4</v>
       </c>
       <c r="Q68">
         <v>3</v>
       </c>
       <c r="R68">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V68">
         <v>3</v>
       </c>
       <c r="W68">
         <v>4</v>
       </c>
       <c r="X68">
         <v>3</v>
       </c>
       <c r="Y68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z68">
         <v>3</v>
       </c>
       <c r="AA68">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB68">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>GEN</v>
       </c>
       <c r="B69" t="str">
-        <v>T68</v>
+        <v>T65</v>
       </c>
       <c r="C69">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D69" t="str">
-        <v>Scott Mathewson</v>
+        <v>Tyler Fister</v>
       </c>
       <c r="E69">
         <v>7</v>
       </c>
       <c r="F69">
         <v>61</v>
       </c>
-      <c r="G69">
-[...1 lines deleted...]
-      </c>
       <c r="H69" t="str">
-        <v>scottmathe</v>
+        <v>tylerfister</v>
       </c>
       <c r="I69">
         <v>7</v>
       </c>
       <c r="J69">
         <v>61</v>
       </c>
       <c r="K69">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L69">
         <v>3</v>
       </c>
       <c r="M69">
         <v>4</v>
       </c>
       <c r="N69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O69">
         <v>3</v>
       </c>
       <c r="P69">
         <v>3</v>
       </c>
       <c r="Q69">
         <v>3</v>
       </c>
       <c r="R69">
         <v>4</v>
       </c>
       <c r="S69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U69">
         <v>3</v>
       </c>
       <c r="V69">
         <v>4</v>
       </c>
       <c r="W69">
         <v>3</v>
       </c>
       <c r="X69">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y69">
         <v>3</v>
       </c>
       <c r="Z69">
         <v>3</v>
       </c>
       <c r="AA69">
         <v>4</v>
       </c>
       <c r="AB69">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>GEN</v>
       </c>
       <c r="B70" t="str">
-        <v>T68</v>
+        <v>69</v>
       </c>
       <c r="C70">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D70" t="str">
-        <v>Jorge Novoa</v>
+        <v>Rob Moran</v>
       </c>
       <c r="E70">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F70">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="G70">
+        <v>249210</v>
       </c>
       <c r="H70" t="str">
-        <v>hellacrispy</v>
+        <v>easybogey</v>
       </c>
       <c r="I70">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J70">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K70">
         <v>3</v>
       </c>
       <c r="L70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M70">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P70">
         <v>3</v>
       </c>
       <c r="Q70">
         <v>3</v>
       </c>
       <c r="R70">
         <v>3</v>
       </c>
       <c r="S70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U70">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V70">
+        <v>3</v>
+      </c>
+      <c r="W70">
+        <v>3</v>
+      </c>
+      <c r="X70">
+        <v>2</v>
+      </c>
+      <c r="Y70">
+        <v>3</v>
+      </c>
+      <c r="Z70">
+        <v>3</v>
+      </c>
+      <c r="AA70">
         <v>5</v>
-      </c>
-[...13 lines deleted...]
-        <v>4</v>
       </c>
       <c r="AB70">
         <v>3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>GEN</v>
       </c>
       <c r="B71" t="str">
-        <v>T68</v>
+        <v>70</v>
       </c>
       <c r="C71">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D71" t="str">
-        <v>Matthew Vierra</v>
+        <v>Graham Biller</v>
       </c>
       <c r="E71">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F71">
-        <v>61</v>
+        <v>63</v>
+      </c>
+      <c r="G71">
+        <v>225506</v>
       </c>
       <c r="H71" t="str">
-        <v>matthewvierra</v>
+        <v>thatbiller</v>
       </c>
       <c r="I71">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J71">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K71">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M71">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N71">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O71">
         <v>3</v>
       </c>
       <c r="P71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q71">
         <v>3</v>
       </c>
       <c r="R71">
         <v>4</v>
       </c>
       <c r="S71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W71">
         <v>4</v>
       </c>
       <c r="X71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y71">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z71">
         <v>3</v>
       </c>
       <c r="AA71">
         <v>4</v>
       </c>
       <c r="AB71">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>GEN</v>
       </c>
       <c r="B72" t="str">
-        <v>T68</v>
+        <v>T71</v>
       </c>
       <c r="C72">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D72" t="str">
-        <v>Tyler Fister</v>
+        <v>Val St Louis</v>
       </c>
       <c r="E72">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F72">
-        <v>61</v>
+        <v>65</v>
+      </c>
+      <c r="G72">
+        <v>55059</v>
       </c>
       <c r="H72" t="str">
-        <v>tylerfister</v>
+        <v>valsaint</v>
       </c>
       <c r="I72">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J72">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K72">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L72">
         <v>3</v>
       </c>
       <c r="M72">
         <v>4</v>
       </c>
       <c r="N72">
         <v>3</v>
       </c>
       <c r="O72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P72">
         <v>3</v>
       </c>
       <c r="Q72">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R72">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S72">
         <v>3</v>
       </c>
       <c r="T72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U72">
         <v>3</v>
       </c>
       <c r="V72">
         <v>4</v>
       </c>
       <c r="W72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X72">
         <v>4</v>
       </c>
       <c r="Y72">
         <v>3</v>
       </c>
       <c r="Z72">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA72">
         <v>4</v>
       </c>
       <c r="AB72">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>GEN</v>
       </c>
       <c r="B73" t="str">
-        <v>72</v>
+        <v>T71</v>
       </c>
       <c r="C73">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D73" t="str">
-        <v>Rob Moran</v>
+        <v>Luis Miguel</v>
       </c>
       <c r="E73">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F73">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>249210</v>
+        <v>65</v>
       </c>
       <c r="H73" t="str">
-        <v>easybogey</v>
+        <v>elluis</v>
       </c>
       <c r="I73">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="J73">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M73">
         <v>5</v>
       </c>
       <c r="N73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P73">
         <v>3</v>
       </c>
       <c r="Q73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R73">
         <v>3</v>
       </c>
       <c r="S73">
         <v>4</v>
       </c>
       <c r="T73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U73">
+        <v>3</v>
+      </c>
+      <c r="V73">
         <v>5</v>
       </c>
-      <c r="V73">
-[...1 lines deleted...]
-      </c>
       <c r="W73">
         <v>3</v>
       </c>
       <c r="X73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y73">
         <v>3</v>
       </c>
       <c r="Z73">
         <v>3</v>
       </c>
       <c r="AA73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB73">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>GEN</v>
       </c>
       <c r="B74" t="str">
         <v>73</v>
       </c>
       <c r="C74">
         <v>73</v>
       </c>
       <c r="D74" t="str">
-        <v>Graham Biller</v>
+        <v>Brandon Harris</v>
       </c>
       <c r="E74">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F74">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>225506</v>
+        <v>67</v>
       </c>
       <c r="H74" t="str">
-        <v>thatbiller</v>
+        <v>nappinatifilms</v>
       </c>
       <c r="I74">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J74">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="K74">
         <v>3</v>
       </c>
       <c r="L74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M74">
+        <v>4</v>
+      </c>
+      <c r="N74">
+        <v>4</v>
+      </c>
+      <c r="O74">
+        <v>3</v>
+      </c>
+      <c r="P74">
+        <v>3</v>
+      </c>
+      <c r="Q74">
+        <v>3</v>
+      </c>
+      <c r="R74">
+        <v>3</v>
+      </c>
+      <c r="S74">
+        <v>3</v>
+      </c>
+      <c r="T74">
+        <v>3</v>
+      </c>
+      <c r="U74">
         <v>6</v>
       </c>
-      <c r="N74">
-[...22 lines deleted...]
-      </c>
       <c r="V74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y74">
         <v>4</v>
       </c>
       <c r="Z74">
         <v>3</v>
       </c>
       <c r="AA74">
         <v>4</v>
       </c>
       <c r="AB74">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>GEN</v>
       </c>
       <c r="B75" t="str">
-        <v>T74</v>
+        <v>74</v>
       </c>
       <c r="C75">
         <v>74</v>
       </c>
       <c r="D75" t="str">
-        <v>Val St Louis</v>
+        <v>Oskar Kurnat</v>
       </c>
       <c r="E75">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F75">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>55059</v>
+        <v>69</v>
       </c>
       <c r="H75" t="str">
-        <v>valsaint</v>
+        <v>oskarkurnat</v>
       </c>
       <c r="I75">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J75">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="K75">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L75">
         <v>3</v>
       </c>
       <c r="M75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P75">
         <v>3</v>
       </c>
       <c r="Q75">
+        <v>4</v>
+      </c>
+      <c r="R75">
+        <v>3</v>
+      </c>
+      <c r="S75">
+        <v>4</v>
+      </c>
+      <c r="T75">
+        <v>3</v>
+      </c>
+      <c r="U75">
+        <v>4</v>
+      </c>
+      <c r="V75">
         <v>5</v>
       </c>
-      <c r="R75">
-[...13 lines deleted...]
-      </c>
       <c r="W75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y75">
         <v>3</v>
       </c>
       <c r="Z75">
+        <v>3</v>
+      </c>
+      <c r="AA75">
         <v>5</v>
       </c>
-      <c r="AA75">
-[...1 lines deleted...]
-      </c>
       <c r="AB75">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>GEN</v>
       </c>
       <c r="B76" t="str">
-        <v>T74</v>
+        <v>75</v>
       </c>
       <c r="C76">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D76" t="str">
-        <v>Luis Miguel</v>
+        <v xml:space="preserve">Arthur Gendreau </v>
       </c>
       <c r="E76">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F76">
-        <v>65</v>
+        <v>79</v>
+      </c>
+      <c r="G76">
+        <v>202482</v>
       </c>
       <c r="H76" t="str">
-        <v>elluis</v>
+        <v>arthurgendreau</v>
       </c>
       <c r="I76">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="J76">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="K76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L76">
         <v>4</v>
       </c>
       <c r="M76">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N76">
         <v>5</v>
       </c>
       <c r="O76">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q76">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S76">
         <v>4</v>
       </c>
       <c r="T76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U76">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V76">
+        <v>6</v>
+      </c>
+      <c r="W76">
+        <v>4</v>
+      </c>
+      <c r="X76">
+        <v>4</v>
+      </c>
+      <c r="Y76">
+        <v>6</v>
+      </c>
+      <c r="Z76">
         <v>5</v>
       </c>
-      <c r="W76">
-[...10 lines deleted...]
-      </c>
       <c r="AA76">
         <v>3</v>
       </c>
       <c r="AB76">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>GEN</v>
       </c>
       <c r="B77" t="str">
         <v>76</v>
       </c>
       <c r="C77">
         <v>76</v>
       </c>
       <c r="D77" t="str">
-        <v>Brandon Harris</v>
+        <v>Bettina Hammelrath</v>
       </c>
       <c r="E77">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F77">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H77" t="str">
-        <v>nappinatifilms</v>
+        <v>bunnybetty</v>
       </c>
       <c r="I77">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="J77">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="K77">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M77">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N77">
         <v>4</v>
       </c>
       <c r="O77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T77">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U77">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="V77">
         <v>5</v>
       </c>
       <c r="W77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X77">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Y77">
         <v>4</v>
       </c>
       <c r="Z77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA77">
         <v>4</v>
       </c>
       <c r="AB77">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>GEN</v>
       </c>
       <c r="B78" t="str">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>DNF</v>
       </c>
       <c r="D78" t="str">
-        <v>Oskar Kurnat</v>
+        <v>Niel Jones</v>
       </c>
       <c r="E78">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F78">
-        <v>69</v>
+        <v>54</v>
+      </c>
+      <c r="G78">
+        <v>49041</v>
       </c>
       <c r="H78" t="str">
-        <v>oskarkurnat</v>
+        <v>nieljones</v>
       </c>
       <c r="I78">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J78">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="K78">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L78">
         <v>3</v>
       </c>
       <c r="M78">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O78">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P78">
         <v>3</v>
       </c>
       <c r="Q78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R78">
         <v>3</v>
       </c>
       <c r="S78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T78">
         <v>3</v>
       </c>
       <c r="U78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V78">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W78">
         <v>3</v>
       </c>
       <c r="X78">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y78">
         <v>3</v>
       </c>
       <c r="Z78">
         <v>3</v>
       </c>
       <c r="AA78">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="AB78">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>GEN</v>
       </c>
       <c r="B79" t="str">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>DNF</v>
       </c>
       <c r="D79" t="str">
-        <v xml:space="preserve">Arthur Gendreau </v>
+        <v>Marty Aitken</v>
       </c>
       <c r="E79">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="F79">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="G79">
-        <v>202482</v>
+        <v>126131</v>
       </c>
       <c r="H79" t="str">
-        <v>arthurgendreau</v>
+        <v>dvmsurgeon</v>
       </c>
       <c r="I79">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="J79">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="K79">
         <v>3</v>
       </c>
       <c r="L79">
         <v>4</v>
       </c>
       <c r="M79">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="N79">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O79">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q79">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T79">
         <v>3</v>
       </c>
       <c r="U79">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V79">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y79">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z79">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA79">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>GEN</v>
       </c>
       <c r="B80" t="str">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>DNF</v>
       </c>
       <c r="D80" t="str">
-        <v>Bettina Hammelrath</v>
+        <v>Eric Plett</v>
       </c>
       <c r="E80">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="F80">
-        <v>81</v>
+        <v>53</v>
+      </c>
+      <c r="G80">
+        <v>129200</v>
       </c>
       <c r="H80" t="str">
-        <v>bunnybetty</v>
+        <v>eplett</v>
       </c>
       <c r="I80">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="J80">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="K80">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M80">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="N80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R80">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T80">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U80">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V80">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X80">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA80">
-        <v>4</v>
-[...77 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB83"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB80"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 