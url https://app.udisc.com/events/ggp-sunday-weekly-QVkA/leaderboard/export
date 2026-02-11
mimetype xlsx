--- v0 (2025-10-20)
+++ v1 (2026-02-11)
@@ -5761,51 +5761,51 @@
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>GEN</v>
       </c>
       <c r="B63" t="str">
         <v>T62</v>
       </c>
       <c r="C63">
         <v>62</v>
       </c>
       <c r="D63" t="str">
         <v>Luis Gonzalez</v>
       </c>
       <c r="E63">
         <v>9</v>
       </c>
       <c r="F63">
         <v>63</v>
       </c>
       <c r="G63">
         <v>119500</v>
       </c>
       <c r="H63" t="str">
-        <v>louieg</v>
+        <v>luishg23</v>
       </c>
       <c r="I63">
         <v>9</v>
       </c>
       <c r="J63">
         <v>63</v>
       </c>
       <c r="K63">
         <v>5</v>
       </c>
       <c r="L63">
         <v>3</v>
       </c>
       <c r="M63">
         <v>7</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">
         <v>4</v>
       </c>