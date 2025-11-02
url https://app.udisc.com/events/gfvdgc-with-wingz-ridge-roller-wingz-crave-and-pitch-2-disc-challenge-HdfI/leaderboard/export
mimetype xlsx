--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -2794,51 +2794,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>WOMEN</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E28">
         <v>13</v>
       </c>
       <c r="F28">
         <v>67</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="I28" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="J28">
         <v>13</v>
       </c>
       <c r="K28">
         <v>67</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>4</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>