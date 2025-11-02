--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -7633,51 +7633,51 @@
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>Wom</v>
       </c>
       <c r="B80" t="str">
         <v>T4</v>
       </c>
       <c r="C80">
         <v>4</v>
       </c>
       <c r="D80" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E80">
         <v>8</v>
       </c>
       <c r="F80">
         <v>69</v>
       </c>
       <c r="G80">
         <v>250528</v>
       </c>
       <c r="H80" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I80">
         <v>8</v>
       </c>
       <c r="J80">
         <v>69</v>
       </c>
       <c r="K80">
         <v>5</v>
       </c>
       <c r="L80">
         <v>4</v>
       </c>
       <c r="M80">
         <v>3</v>
       </c>
       <c r="N80">
         <v>4</v>
       </c>
       <c r="O80">
         <v>3</v>
       </c>
       <c r="P80">
         <v>4</v>
       </c>