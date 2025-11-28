--- v1 (2025-11-02)
+++ v2 (2025-11-28)
@@ -1933,51 +1933,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>AM</v>
       </c>
       <c r="B17" t="str">
         <v>T3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>James Tremel</v>
       </c>
       <c r="E17">
         <v>-9</v>
       </c>
       <c r="F17">
         <v>52</v>
       </c>
       <c r="G17">
         <v>274936</v>
       </c>
       <c r="H17" t="str">
-        <v>forever2nd</v>
+        <v>soggymuphins</v>
       </c>
       <c r="I17">
         <v>-9</v>
       </c>
       <c r="J17">
         <v>52</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>