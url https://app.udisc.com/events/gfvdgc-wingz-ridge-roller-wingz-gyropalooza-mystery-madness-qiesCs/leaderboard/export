--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -6164,51 +6164,51 @@
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>Wom</v>
       </c>
       <c r="B68" t="str">
         <v>4</v>
       </c>
       <c r="C68">
         <v>4</v>
       </c>
       <c r="D68" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E68">
         <v>19</v>
       </c>
       <c r="F68">
         <v>75</v>
       </c>
       <c r="G68">
         <v>250528</v>
       </c>
       <c r="H68" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I68">
         <v>19</v>
       </c>
       <c r="J68">
         <v>75</v>
       </c>
       <c r="K68">
         <v>4</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>4</v>
       </c>
       <c r="N68">
         <v>4</v>
       </c>
       <c r="O68">
         <v>4</v>
       </c>
       <c r="P68">
         <v>4</v>
       </c>