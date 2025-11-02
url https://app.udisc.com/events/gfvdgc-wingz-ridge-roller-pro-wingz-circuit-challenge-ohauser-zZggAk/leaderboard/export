--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -2012,51 +2012,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Pro</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
         <v>250528</v>
       </c>
       <c r="I15" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Pro</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Chance Fultner</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">