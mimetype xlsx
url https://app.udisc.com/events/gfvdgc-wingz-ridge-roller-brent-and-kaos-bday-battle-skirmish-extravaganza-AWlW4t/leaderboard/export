--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -1749,51 +1749,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN2</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E12">
         <v>37</v>
       </c>
       <c r="F12">
         <v>151</v>
       </c>
       <c r="G12">
         <v>250528</v>
       </c>
       <c r="H12" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I12">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12">
         <v>80</v>
       </c>
       <c r="L12">
         <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN2</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
@@ -7065,51 +7065,51 @@
       <c r="A13" t="str">
         <v>GEN2</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E13">
         <v>22</v>
       </c>
       <c r="F13">
         <v>80</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
         <v>250528</v>
       </c>
       <c r="I13" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="J13">
         <v>22</v>
       </c>
       <c r="K13">
         <v>80</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
@@ -8418,51 +8418,51 @@
       <c r="A12" t="str">
         <v>GEN2</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E12">
         <v>37</v>
       </c>
       <c r="F12">
         <v>151</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>250528</v>
       </c>
       <c r="I12" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12">
         <v>71</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>