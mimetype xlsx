--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -5379,51 +5379,51 @@
       <c r="A44" t="str">
         <v>Wom</v>
       </c>
       <c r="B44" t="str">
         <v>2</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E44">
         <v>7</v>
       </c>
       <c r="F44">
         <v>88</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44">
         <v>250528</v>
       </c>
       <c r="I44" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="J44">
         <v>7</v>
       </c>
       <c r="K44">
         <v>88</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>4</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>