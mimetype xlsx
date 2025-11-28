--- v1 (2025-11-02)
+++ v2 (2025-11-28)
@@ -1275,263 +1275,266 @@
       </c>
       <c r="AI7">
         <v>2</v>
       </c>
       <c r="AJ7">
         <v>2</v>
       </c>
       <c r="AK7">
         <v>2</v>
       </c>
       <c r="AL7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Am</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Arik Hanneman</v>
+        <v xml:space="preserve">Chris Thostenson </v>
       </c>
       <c r="E8">
         <v>-11</v>
       </c>
       <c r="F8">
         <v>70</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
+      <c r="H8">
+        <v>307010</v>
+      </c>
       <c r="I8" t="str">
-        <v>zeldanutt</v>
+        <v>clammyb</v>
       </c>
       <c r="J8">
         <v>-11</v>
       </c>
       <c r="K8">
         <v>70</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
       <c r="AH8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AJ8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AL8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Am</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v xml:space="preserve">Chris Thostenson </v>
+        <v>Arik Hanneman</v>
       </c>
       <c r="E9">
         <v>-11</v>
       </c>
       <c r="F9">
         <v>70</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>clammyb</v>
+        <v>zeldanutt</v>
       </c>
       <c r="J9">
         <v>-11</v>
       </c>
       <c r="K9">
         <v>70</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>2</v>
       </c>
       <c r="AE9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
       <c r="AH9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AJ9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AK9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AL9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Am</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Justin Koepke</v>
       </c>
       <c r="E10">
         <v>-10</v>
       </c>
       <c r="F10">
         <v>71</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">