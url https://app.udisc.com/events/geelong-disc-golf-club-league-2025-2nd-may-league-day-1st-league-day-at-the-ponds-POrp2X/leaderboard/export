--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1498,50 +1498,53 @@
         <v>5</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>Gen</v>
       </c>
       <c r="F12" t="str">
         <v>9</v>
       </c>
       <c r="G12">
         <v>9</v>
       </c>
       <c r="H12" t="str">
         <v>Richard Lewis-Shell</v>
       </c>
       <c r="I12">
         <v>9</v>
       </c>
       <c r="J12">
         <v>70</v>
       </c>
+      <c r="K12">
+        <v>297939</v>
+      </c>
       <c r="L12" t="str">
         <v>richat6</v>
       </c>
       <c r="M12">
         <v>9</v>
       </c>
       <c r="N12">
         <v>70</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>5</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">