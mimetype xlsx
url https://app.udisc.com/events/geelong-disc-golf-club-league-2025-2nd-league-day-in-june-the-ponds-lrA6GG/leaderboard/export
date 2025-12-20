--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -768,50 +768,53 @@
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>-9</v>
       </c>
       <c r="E4" t="str">
         <v>Gen</v>
       </c>
       <c r="F4" t="str">
         <v>T8</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="str">
         <v>Richard Lewis-Shell</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4">
         <v>71</v>
       </c>
+      <c r="K4">
+        <v>297939</v>
+      </c>
       <c r="L4" t="str">
         <v>richat6</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4">
         <v>71</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>6</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">