--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1528,50 +1528,53 @@
         <v>3</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>Gen</v>
       </c>
       <c r="F12" t="str">
         <v>6</v>
       </c>
       <c r="G12">
         <v>6</v>
       </c>
       <c r="H12" t="str">
         <v>Jay Calnin</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
+      <c r="K12">
+        <v>318617</v>
+      </c>
       <c r="L12" t="str">
         <v>jcalnin</v>
       </c>
       <c r="M12">
         <v>6</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">