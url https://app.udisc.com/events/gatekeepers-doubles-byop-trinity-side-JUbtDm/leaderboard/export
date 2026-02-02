--- v0 (2025-11-10)
+++ v1 (2026-02-02)
@@ -1385,51 +1385,51 @@
       </c>
       <c r="AC11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Gen</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Kainoa Hussey</v>
       </c>
       <c r="F12">
         <v>-5</v>
       </c>
       <c r="G12">
         <v>51</v>
       </c>
       <c r="I12" t="str">
-        <v>kainoa11</v>
+        <v>kainoa14</v>
       </c>
       <c r="J12">
         <v>-5</v>
       </c>
       <c r="K12">
         <v>51</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>