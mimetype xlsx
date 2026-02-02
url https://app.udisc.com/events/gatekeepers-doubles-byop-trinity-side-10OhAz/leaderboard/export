--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -1056,51 +1056,51 @@
       </c>
       <c r="AC7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Gen</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Scott Harper &amp; Kainoa Hussey</v>
       </c>
       <c r="F8">
         <v>-10</v>
       </c>
       <c r="G8">
         <v>46</v>
       </c>
       <c r="I8" t="str">
-        <v>scottharper,kainoa11</v>
+        <v>scottharper,kainoa14</v>
       </c>
       <c r="J8">
         <v>-10</v>
       </c>
       <c r="K8">
         <v>46</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>